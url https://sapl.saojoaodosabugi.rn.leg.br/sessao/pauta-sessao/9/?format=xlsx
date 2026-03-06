--- v0 (2025-11-17)
+++ v1 (2026-03-06)
@@ -150,69 +150,69 @@
   <si>
     <t>Indicação nº 104 de 2025</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo Municipal a criação do centro de referência da primeira infância.</t>
   </si>
   <si>
     <t>Indicação nº 105 de 2025</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo Municipal, que coloque um carro a disposição do médico, que atende na zona rural, haja vista que o atendimento não é realizado nas comunidades por falta de transporte.</t>
   </si>
   <si>
     <t>Indicação nº 106 de 2025</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo Municipal, que faça o aterro, alargamento e roço das estradas vicinais que liga as comunidades; Caeira, Mossoró, poço do Cercado, Cordeiro e Riacho da Roça.</t>
   </si>
   <si>
     <t>Requerimento nº 44 de 2025</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Governo do Estado e a Secretaria Estadual de Agricultura, solicitando que forneça silagem e concentrados, assim como farelo de soja, a preço de custo, aos pequenos produtores rurais do município de São João do Sabugi-RN.</t>
   </si>
   <si>
-    <t>Moção nº 27 de 2025</t>
+    <t>Moção de Pesar nº 27 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Ian Costa, pela conquista da Medalha de ouro, na modalidade xadrez mirim individual masculino no JERNS Regional Caicó 2025.</t>
   </si>
   <si>
-    <t>Moção nº 28 de 2025</t>
+    <t>Moção de Pesar nº 28 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Odilon Alves, pela conquista da Medalha de Bronze, na modalidade xadrez mirim individual masculino no JERNS Regional Caicó 2025.</t>
   </si>
   <si>
-    <t>Moção nº 29 de 2025</t>
+    <t>Moção de Pesar nº 29 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a E.M.JP.J.F, pela conquista da Medalha de Ouro, na modalidade xadrez Mirim Masculino por Equipes, no JERNS Regional Caicó 2025.</t>
   </si>
   <si>
-    <t>Moção nº 63 de 2025</t>
+    <t>Moção de Pesar nº 63 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. José Lins de Medeiros, ocorrido em 24 de setembro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>