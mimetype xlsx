--- v0 (2025-11-17)
+++ v1 (2026-03-06)
@@ -165,78 +165,78 @@
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça a sinalização com nomes das comunidades, nas estradas vicinais das seguintes comunidades: Caeira, Mossoró, Quixeré, poço do Cercado, Cordeiro e Riacho de Fora.</t>
   </si>
   <si>
     <t>Indicação nº 101 de 2025</t>
   </si>
   <si>
     <t>Carlos Eduardo Florêncio de Medeiros Fernandes</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça a troca dos portões do açougue público municipal, por portões corredeiros.</t>
   </si>
   <si>
     <t>Indicação nº 102 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça um mata-burro no sítio Riacho de Fora, em João de Juca.</t>
   </si>
   <si>
     <t>Indicação nº 103 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça um mata-burro na entrada do sítio de Antônio de Zé Olavo, no sítio Caiçaras.</t>
   </si>
   <si>
-    <t>Moção nº 23 de 2025</t>
+    <t>Moção de Pesar nº 23 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Bandinha de Dida e a Polícia Militar, pelo desfile cívico do dia 07 de setembro de 2025.</t>
   </si>
   <si>
-    <t>Moção nº 24 de 2025</t>
+    <t>Moção de Pesar nº 24 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns ao Sr. Elísio Brito de Medeiros Galvão, pelo seu natalício no dia 16 de setembro de 2025.</t>
   </si>
   <si>
-    <t>Moção nº 25 de 2025</t>
+    <t>Moção de Pesar nº 25 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns ao Sr. João Batista de Medeiros Simões (Eleito Presidente), e toda a diretoria eleita no dia 15 de setembro de 2025, para um novo mandato no STR (Sindicato dos Trabalhadores Rurais) de São João do Sabugi-RN.</t>
   </si>
   <si>
-    <t>Moção nº 26 de 2025</t>
+    <t>Moção de Pesar nº 26 de 2025</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
     <t>A Mesa Diretora e demais Vereadores, requer que após a tramitação regimental, seja consignado em Ata votos de Parabéns a Sra. Rosalba Xavier Crispim de Oliveira, e aos alunos da Escola Estadual Santa Terezinha, pelo Projeto Letramento em Saneamento Básico: um olhar crítico para a realidade de São João do Sabugi-RN.</t>
   </si>
   <si>
-    <t>Moção nº 62 de 2025</t>
+    <t>Moção de Pesar nº 62 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Francisco Vitor da Silva, ocorrido em 20 de setembro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>