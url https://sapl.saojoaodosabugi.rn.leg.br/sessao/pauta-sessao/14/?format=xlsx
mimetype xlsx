--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -75,63 +75,63 @@
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça o recolhimento do lixo, nas comunidades; Caeira, Mossoró, Quixeré, Poço do Cercado, Cordeiro e Riacho de Fora.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 114 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que substitua a água da CAERN, fornecida aos alunos da rede municipal de ensino, por água de qualidade, que seja dos chafariz de água mineral, ou de algum reservatório que tenha melhor qualidade da água para o consumo humano.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 115 de 2025</t>
   </si>
   <si>
     <t>André Luiz Fernandes de Medeiros</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que  viabilize a instalação de uma usina solar na ACAMFEM (Associação Cultural Manoel Felipe Nery).</t>
   </si>
   <si>
-    <t>Moção nº 39 de 2025</t>
+    <t>Moção de Pesar nº 39 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Maria Luiza Araújo Cavalcanti, pela conquista da Medalha de Ouro, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 12 Feminino.</t>
   </si>
   <si>
-    <t>Moção nº 40 de 2025</t>
+    <t>Moção de Pesar nº 40 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Alice de Oliveira Paiva, pela conquista da Medalha de Prata, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 12 Feminino.</t>
   </si>
   <si>
-    <t>Moção nº 70 de 2025</t>
+    <t>Moção de Pesar nº 70 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Marcelo de Araújo Paiva, ocorrido em 28 de outubro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -434,51 +434,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="26.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="27.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="44.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>