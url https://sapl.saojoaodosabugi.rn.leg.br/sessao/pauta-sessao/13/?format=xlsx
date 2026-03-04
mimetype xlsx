--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -120,72 +120,72 @@
   <si>
     <t>Paulo Eduardo Fonseca Mafra</t>
   </si>
   <si>
     <t>Reconhece como Patrimônio Cultural Material do Município de São João do Sabugi/RN o “Beco da Alegria e Felicidade”.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 9 de 2025</t>
   </si>
   <si>
     <t>Altera dispositivos do Regimento Interno da Câmara Municipal, bem como da Resolução nº 006/2023, que dispõe sobre a instituição de comendas e títulos honoríficos no âmbito da Câmara Municipal de São João do Sabugi/RN.</t>
   </si>
   <si>
     <t>Requerimento nº 47 de 2025</t>
   </si>
   <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Secretário Municipal de Saúde, solicitando que seja escolhido a parada dos carros que vão para Natal e que vem para São João, que os motoristas parem em lugares com preços acessíveis aos pacientes.</t>
   </si>
   <si>
     <t>Indicação nº 113 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça o recolhimento do lixo, nas comunidades; Caeira, Mossoró, Quixeré, Poço do Cercado, Cordeiro e Riacho de Fora.</t>
   </si>
   <si>
-    <t>Moção nº 37 de 2025</t>
+    <t>Moção de Pesar nº 37 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Arthur Figueirêdo Morais, pela conquista da Medalha de Prata, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 12 Masculino.</t>
   </si>
   <si>
-    <t>Moção nº 38 de 2025</t>
+    <t>Moção de Pesar nº 38 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Daniel Saulo Alves de Araújo, pela conquista da Medalha de Bronze, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 15 Masculino.</t>
   </si>
   <si>
-    <t>Moção nº 68 de 2025</t>
+    <t>Moção de Pesar nº 68 de 2025</t>
   </si>
   <si>
     <t>Quintino Liberalino de Araújo</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. João Pedro da Silva Filho, ocorrido em 23 de outubro de 2025.</t>
   </si>
   <si>
-    <t>Moção nº 69 de 2025</t>
+    <t>Moção de Pesar nº 69 de 2025</t>
   </si>
   <si>
     <t>Aprígio Pereira de Araújo Neto</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Derlandio Kleber da Silva Nunes, ocorrido em 25 de outubro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>