--- v0 (2025-11-18)
+++ v1 (2026-03-05)
@@ -150,69 +150,69 @@
   <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Poder Executivo municipal, solicitando que reative o poço que fica por trás do campo de futebol.</t>
   </si>
   <si>
     <t>Indicação nº 107 de 2025</t>
   </si>
   <si>
     <t>Carlos Eduardo Florêncio de Medeiros Fernandes</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal e do Secretário Municipal de Saúde, que seja dada a alimentação para os pacientes que vem de Natal para São João, dependendo do horário de manhã almoço, e do horário da tarde o jantar.</t>
   </si>
   <si>
     <t>Indicação nº 108 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça um mata-burro no sítio Riacho de Fora, na porteira que dá acesso a Chico Lampião.</t>
   </si>
   <si>
     <t>Indicação nº 109 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo municipal, que faça uma adutora de abastecimento de água da Barragem Carnaúba, para as seguintes comunidades; Caeira, Mossoró, Quixeré, Poço do Cercado, Cordeiro e Riacho de Fora.</t>
   </si>
   <si>
-    <t>Moção nº 33 de 2025</t>
+    <t>Moção de Pesar nº 33 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de parabéns a Ana Cláudia, pela conquista da Medalha de Ouro na Modalidade Infantil Feminino Individual no JERNS Regional de Caicó.</t>
   </si>
   <si>
-    <t>Moção nº 34 de 2025</t>
+    <t>Moção de Pesar nº 34 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de parabéns a Amabili Thayane, pela conquista da Medalha de Bronze na Modalidade Infantil Feminino Individual no JERNS Regional de Caicó.</t>
   </si>
   <si>
-    <t>Moção nº 35 de 2025</t>
+    <t>Moção de Pesar nº 35 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de parabéns a E.M.P.J.F, pela conquista da Medalha de Ouro na Modalidade Equipe Feminino  no JERNS Regional de Caicó.</t>
   </si>
   <si>
-    <t>Moção nº 66 de 2025</t>
+    <t>Moção de Pesar nº 66 de 2025</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Ademar Fernandes de Brito, ocorrido em 12 de outubro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>