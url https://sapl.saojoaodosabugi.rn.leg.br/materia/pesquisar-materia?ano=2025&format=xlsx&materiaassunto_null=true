--- v0 (2025-11-17)
+++ v1 (2026-03-05)
@@ -10,100 +10,115 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="680" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="880" uniqueCount="319">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária _ Poder Executivo</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PE</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_no_004_2025_-_igr.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a associação do Município de São João do Sabugi/RN à Associação Instância de Governança Regional do Seridó – IGR e dá outras providências.</t>
   </si>
   <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Prefeitura Municipal de São João do Sabugi - PMSJS</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2026/136/projeto_de_lei_no_008_2025_-_educacao_1.docx</t>
+  </si>
+  <si>
+    <t>Autoriza ao Poder Executivo Municipal a abrir Crédito Adicional Especial ao orçamento vigente do Município de São João do Sabugi/RN e dá outras providências.</t>
+  </si>
+  <si>
     <t>92</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária _ Poder Legislativo</t>
   </si>
   <si>
     <t>Rutênio Humberto de Araújo Medeiros</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_no_011-2025_utilidade_publica.docx</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Cultural dos Artistas e Artesãos Sabugienses - ACAAS no Município de São João do Sabugi/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Braz Robson de Medeiros Brito</t>
@@ -120,50 +135,107 @@
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_013-2025_fundacao_do_municipio.docx</t>
   </si>
   <si>
     <t>Estabelece que o Dia da Fundação do município de São João do Sabugi/RN passa a integrar o Calendário Oficial do município, e dá outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Paulo Eduardo Fonseca Mafra</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_no_014-2025_beco_da_alegria_patrimonio_cultural.docx</t>
   </si>
   <si>
     <t>Reconhece como Patrimônio Cultural Material do Município de São João do Sabugi/RN o “Beco da Alegria e Felicidade”.</t>
   </si>
   <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Alex-Sandro Alves</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_lei_no_015-2025_assistencia_tecnica_.docx</t>
+  </si>
+  <si>
+    <t>Institui a assistência técnica pública e gratuita para elaboração de projeto e acompanhamento técnico da construção ou regularização da habitação de baixa renda no município de São João do Sabugi/RN e dá outras providências.</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Carlos Eduardo Florêncio de Medeiros Fernandes</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_no_016-2025_cadu.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de estacionar motocicletas, automóveis e demais veículos na praça pública Antônio Quintino de Araújo, no Município de São João do Sabugi/RN, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_no_017-2025_denomina_rua.docx</t>
+  </si>
+  <si>
+    <t>Denomina a Rua Francisco Lúcio Neto, localizada no município de São João do Sabugi/RN.</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_no_018-2025_reajuste_comissionados.docx</t>
+  </si>
+  <si>
+    <t>Concede reajuste salarial aos servidores ocupantes de cargos comissionados da Câmara Municipal de São João do Sabugi/RN e dá outras providências.</t>
+  </si>
+  <si>
     <t>98</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>André Luiz Fernandes de Medeiros</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_resolucao_009-2025.docx</t>
   </si>
   <si>
     <t>Altera dispositivos do Regimento Interno da Câmara Municipal, bem como da Resolução nº 006/2023, que dispõe sobre a instituição de comendas e títulos honoríficos no âmbito da Câmara Municipal de São João do Sabugi/RN.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>57</t>
@@ -186,53 +258,50 @@
   <si>
     <t>47</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária de São João do Sabugi-RN a Srta. Milka Silícia Morais Pessoa.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de São João do Sabugi-RN ao Sr. Alarico José Pessoa Azevedo Júnior.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>Alex-Sandro Alves</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_decreto_060-2025-alex.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de São João do Sabugi-RN ao Sr. Anchieta Júnior de Souza.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_decreto_061-2025_alex.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda “José Geraldo de Medeiros (Sassá)” ao Sr. Geomar Dantas de Medeiros.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Wilson Pereira Mariz Júnior</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_decreto_062-2025_junior.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda "José Geraldo de Medeiros (Sassá)" ao Sr. Cícero Aureliano Guedes de Medeiros.</t>
@@ -297,342 +366,411 @@
   <si>
     <t>Dispõe sobre a concessão da Comenda "João Emídio de Lucena" (Tenente Lucena) a Sra. Maria de Fátima Alves</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_decreto_069-2025_alex.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Professora Maria das Mercês de Araújo Britto a Sra. Maria Sandra Oliveira Medeiros</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_decreto_070-2025_rutenio.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Professora Maria das Mercês de Araújo Britto ao Sr. Ubirajara Morais da Nóbrega</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_decreto_071-2025_junior.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Professora Maria das Mercês de Araújo Britto a Sra. Maria da Conceição de Souza</t>
   </si>
   <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal que faça a aquisição de uma unidade odontológica móvel para o município.</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal que faça a reativação e manutenção dos poços inativos (sem uso, por falta de manutenção) de nosso município.</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal que coloque um mata-burro, na entrada do corredor 31, localizado no sítio Carcará.</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal que faça uma passagem molhada no Riacho do Cipó, por trás da barragem de Vanderland.</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal que faça a complementação da pavimentação da Rua Eva Geracina, que fica em frente a Borracharia São José.</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_099-2025_alex.docx</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça a manutenção de todos os mata-burros das estradas vicinais do nosso município, inclusive os que não prestam para reaproveitar.</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_100-2025_braz.docx</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça a sinalização com nomes das comunidades, nas estradas vicinais das seguintes comunidades: Caeira, Mossoró, Quixeré, poço do Cercado, Cordeiro e Riacho de Fora.</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_101-2025_cadu.docx</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça a troca dos portões do açougue público municipal, por portões corredeiros.</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_102-2025_quintino.docx</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça um mata-burro no sítio Riacho de Fora, em João de Juca.</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_103-2025_junior.docx</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal que faça um mata-burro na entrada do sítio de Antônio de Zé Olavo, no sítio Caiçaras.</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_104-2025_andre.docx</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal a criação do centro de referência da primeira infância.</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_105-2025_alex.docx</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal, que coloque um carro a disposição do médico, que atende na zona rural, haja vista que o atendimento não é realizado nas comunidades por falta de transporte.</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_106-2025_braz.docx</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Executivo Municipal, que faça o aterro, alargamento e roço das estradas vicinais que liga as comunidades; Caeira, Mossoró, poço do Cercado, Cordeiro e Riacho da Roça.</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal e do Secretário Municipal de Saúde, que seja dada a alimentação para os pacientes que vem de Natal para São João, dependendo do horário de manhã almoço, e do horário da tarde o jantar.</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça um mata-burro no sítio Riacho de Fora, na porteira que dá acesso a Chico Lampião.</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo municipal, que faça uma adutora de abastecimento de água da Barragem Carnaúba, para as seguintes comunidades; Caeira, Mossoró, Quixeré, Poço do Cercado, Cordeiro e Riacho de Fora.</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicitando do Poder Executivo Municipal, que faça um mata-burro na entrada que liga o Quixeré pela estrada da serra.</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicitando do Poder Executivo Municipal, que faça a pavimentação da Rua. Juvenal Antônio de Medeiros.</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicitando do Poder Executivo Municipal, a criação de um centro de referência da pessoa com TEA.</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça o recolhimento do lixo, nas comunidades; Caeira, Mossoró, Quixeré, Poço do Cercado, Cordeiro e Riacho de Fora.</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que substitua a água da CAERN, fornecida aos alunos da rede municipal de ensino, por água de qualidade, que seja dos chafariz de água mineral, ou de algum reservatório que tenha melhor qualidade da água para o consumo humano.</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art. 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que  viabilize a instalação de uma usina solar na ACAMFEM (Associação Cultural Manoel Felipe Nery).</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do artigo 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça a complementação da pavimentação da Rua. Sebastiana Nunes de Morais, no bairro Ipueirinha.</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça batentes na frente (ao lado direito, ou na lateral) do palco do Clube Municipal.</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que disponibilize um profissional de saúde para acompanhar os pacientes internados em hospitais, e que não tem condições de arcar com as despesas.</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça a aquisição de fardamento novo, e produtos de proteção para trabalho, para os agentes de endemias.</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que isole a feira livre do município na segunda-feira, com cones e correntes, evitando que veículos transitem no meio da feira, oferecendo mais segurança a quem frequenta a referida feira.</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça a aquisição de coleiras refletivas para a campanha de castração de animais do nosso município.</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>Aprígio Pereira de Araújo Neto</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça a reforma do Mercado Público Municipal, e também a reforma dos banheiros, solicitando que os mesmos sejam abertos para o lado de fora.</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça uma lombada na Rua. Professor Antônio Carlos, em frente à casa de Maria de Eronides.</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Presidente Desta Casa Legislativa, que destine 50 mil reais, para os eventos festivos de final de ano, realizado pelo Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_125-2025_rutenio.docx</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, nos termos do art.160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita da Secretaria Municipal de Educação e do Poder Executivo Municipal, que façam a reforma da Escola Municipal Padre Joaquim Félix, assim como a reforma da murada fazendo o levantamento da mesma, por ser muito baixa.</t>
+  </si>
+  <si>
     <t>50</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Governo do Estado e ao Secretário Estadual de Recursos Hídricos, solicitando que faça a limpeza nas imediações da Barragem Carnaúba, para que não prejudique o fluxo de água.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_043-2025_andre.docx</t>
   </si>
   <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao DER, solicitando a instalação de uma lombada na RN-118, no pórtico de saída sentido Ipueira-RN.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>Carlos Eduardo Florêncio de Medeiros Fernandes</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_044-2025_cadu.docx</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Governo do Estado e a Secretaria Estadual de Agricultura, solicitando que forneça silagem e concentrados, assim como farelo de soja, a preço de custo, aos pequenos produtores rurais do município de São João do Sabugi-RN.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao DER, solicitando que seja realizada manutenção na cabeceira da ponte do Rio Sabugi, na entrada da cidade de São João do Sabugi-RN.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>Aprígio Pereira de Araújo Neto</t>
-[...1 lines deleted...]
-  <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Poder Executivo municipal, solicitando que reative o poço que fica por trás do campo de futebol.</t>
   </si>
   <si>
-    <t>101</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_047-2025_cadu.docx</t>
   </si>
   <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Secretário Municipal de Saúde, solicitando que seja escolhido a parada dos carros que vão para Natal e que vem para São João, que os motoristas parem em lugares com preços acessíveis aos pacientes.</t>
   </si>
   <si>
-    <t>109</t>
-[...1 lines deleted...]
-  <si>
     <t>Com base no artigo 154 do regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Poder Executivo Municipal, solicitando que seja doado a Paróquia de São João Batista, o terreno que fica entre o CRAS e a capela de Nossa Senhora Aparecida.</t>
   </si>
   <si>
-    <t>110</t>
-[...1 lines deleted...]
-  <si>
     <t>Com base no artigo 154 do regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Superintendente da Companhia de desenvolvimento dos vales do São Francisco e do Parnaíba (CODEVASF) em Natal-RN, solicitando que sejam perfurados dez poços no município de São João do Sabugi-RN. Sendo um na comunidade Boa Vista, um no sítio Jerusalém, um no sítio Riacho do Melado, dois no sítio Riacho de Fora, um no sítio Mossoró, um na comunidade Caeira, um no sítio São João de Cima e dois na zona urbana do município de São João do Sabugi.</t>
   </si>
   <si>
-    <t>113</t>
-[...1 lines deleted...]
-  <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Secretário Municipal de Agricultura, solicitando que faça a limpeza de um terreno que fica ao lado da Escola Estadual Santa Terezinha, onde tem uns pés de nim indiano, pois está acumulando água de esgoto e provocando fedentina no local.</t>
   </si>
   <si>
-    <t>114</t>
-[...4 lines deleted...]
-  <si>
     <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao Poder Executivo Municipal, solicitando que seja dado apoio as tradições culturais das comunidades; Caeira, Mossoró, Quixeré, Poço do Cercado, Cordeiro e riacho de Fora.</t>
   </si>
   <si>
-    <t>94</t>
-[...188 lines deleted...]
-    <t>O Vereador que abaixo subscreve, nos termos do artigo 160 e 161 do Regimento Interno, ouvido o Plenário desta Casa, solicita do Poder Executivo Municipal, que faça a complementação da pavimentação da Rua. Sebastiana Nunes de Morais, no bairro Ipueirinha.</t>
+    <t>Com base no artigo 154 do Regimento Interno e ouvido o plenário desta casa, requer que seja enviado ofício ao DNOCS, solicitando que seja feita a reforma do vertedouro do Açude Santo Antônio, no município de São João do Sabugi-RN.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>MO</t>
-[...2 lines deleted...]
-    <t>Moção</t>
+    <t>MPE</t>
+  </si>
+  <si>
+    <t>Moção de Pesar</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_parabens_023_-_rutenio.docx</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Bandinha de Dida e a Polícia Militar, pelo desfile cívico do dia 07 de setembro de 2025.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/41/mocao_parabens_024_-_braz.docx</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns ao Sr. Elísio Brito de Medeiros Galvão, pelo seu natalício no dia 16 de setembro de 2025.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/42/mocao_parabens_025_-_braz.docx</t>
   </si>
@@ -732,50 +870,56 @@
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de Parabéns a José Matheus Lucena Freitas, pela conquista da Medalha de Bronze, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub 12 Masculino.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Arthur Figueirêdo Morais, pela conquista da Medalha de Prata, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 12 Masculino.</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/100/mocao_parabens_038-_braz.docx</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Daniel Saulo Alves de Araújo, pela conquista da Medalha de Bronze, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 15 Masculino.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Maria Luiza Araújo Cavalcanti, pela conquista da Medalha de Ouro, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 12 Feminino.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Alice de Oliveira Paiva, pela conquista da Medalha de Prata, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub. 12 Feminino.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Valentina Santos e Medeiros, pela conquista da Medalha de Bronze, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em campo Redondo na categoria Sub. 12 Feminino.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Amibili Thayane Bezerra da Silva, pela conquista da Medalha de Bronze, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em campo Redondo na categoria Sub. 15 Feminino.</t>
   </si>
   <si>
+    <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Ana Beatriz Souza, pela conquista da Medalha de Bronze, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub 15 Feminino.</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata votos de Parabéns a Maria Luísa de Brito Morais Fernandes, pela conquista da Medalha de Prata, na 4ª Etapa do Circuito de Xadrez da Serra de Santana em Campo Redondo na categoria Sub 15 Feminino.</t>
+  </si>
+  <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/44/mocao_062-_rutenio.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Francisco Vitor da Silva, ocorrido em 20 de setembro de 2025.</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_063-_braz.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. José Lins de Medeiros, ocorrido em 24 de setembro de 2025.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Francisco Belmir dos Santos, ocorrido em 03 de outubro de 2025</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Alex-Sandro Alves, Braz Robson de Medeiros Brito, Paulo Eduardo Fonseca Mafra, Rutênio Humberto de Araújo Medeiros, Wilson Pereira Mariz Júnior, André Luiz Fernandes de Medeiros, Aprígio Pereira de Araújo Neto, Carlos Eduardo Florêncio de Medeiros Fernandes, Quintino Liberalino de Araújo</t>
   </si>
   <si>
     <t>https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/76/mocao_065-_mesa.doc</t>
@@ -784,50 +928,89 @@
     <t>A Mesa diretora e demais Vereadores, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Geraldo Pereira Mariz, ocorrido dia 06 de outubro de 2025.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Ademar Fernandes de Brito, ocorrido em 12 de outubro de 2025.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. José Figueirêdo de Morais Rocha, ocorrido em 18 de outubro de 2025.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. João Pedro da Silva Filho, ocorrido em 23 de outubro de 2025.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Derlandio Kleber da Silva Nunes, ocorrido em 25 de outubro de 2025.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Marcelo de Araújo Paiva, ocorrido em 28 de outubro de 2025.</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que após tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Ednaldo Oliveira de Medeiros, ocorrido em 06 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento da Sra. Maria Aparecida da silva Brito, ocorrido em 10 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento da Sra. Maria Francisca de Medeiros, ocorrido em 12 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento da Sra. Joana Batista de Araújo, ocorrido em 19 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Osvaldo Mariz de Medeiros, ocorrido em 02 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento da Sra. Francisca Celina de Brito, ocorrido em 03 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento da Sra. Maria Cândida da Conceição, ocorrido em 09 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Alcides Paiva de Medeiros, ocorrido em 16 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que após a tramitação regimental, seja consignado em Ata, votos de profundo pesar pelo falecimento do Sr. Inácio Carlos de Medeiros, ocorrido em 17 de dezembro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1131,56 +1314,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_no_004_2025_-_igr.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_no_011-2025_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_no_012-2025_patrimonio_material.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_013-2025_fundacao_do_municipio.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_no_014-2025_beco_da_alegria_patrimonio_cultural.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_resolucao_009-2025.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_decreto_060-2025-alex.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_decreto_061-2025_alex.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_decreto_062-2025_junior.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_decreto_063-2025-alex.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_decreto_064-2025-quintino.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_decreto_065-2025-rutenio.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_decreto_066-2025-braz.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_decreto_067-2025-paulo.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_decreto_068-2025_paulo.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_decreto_069-2025_alex.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_decreto_070-2025_rutenio.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_decreto_071-2025_junior.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_043-2025_andre.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_044-2025_cadu.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_047-2025_cadu.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_099-2025_alex.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_100-2025_braz.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_101-2025_cadu.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_102-2025_quintino.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_103-2025_junior.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_104-2025_andre.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_105-2025_alex.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_106-2025_braz.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_parabens_023_-_rutenio.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/41/mocao_parabens_024_-_braz.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/42/mocao_parabens_025_-_braz.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/43/mocao__de_parabens_026-_mesa.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/30/mocao_parabens_027_-_braz.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/31/mocao_parabens_028_-_braz.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/32/mocao_parabens_029_-_braz.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/100/mocao_parabens_038-_braz.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/44/mocao_062-_rutenio.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_063-_braz.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/76/mocao_065-_mesa.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_no_004_2025_-_igr.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2026/136/projeto_de_lei_no_008_2025_-_educacao_1.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_no_011-2025_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/93/projeto_de_lei_no_012-2025_patrimonio_material.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_013-2025_fundacao_do_municipio.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_no_014-2025_beco_da_alegria_patrimonio_cultural.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/122/projeto_de_lei_no_015-2025_assistencia_tecnica_.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/133/projeto_de_lei_no_016-2025_cadu.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_no_017-2025_denomina_rua.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_no_018-2025_reajuste_comissionados.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_resolucao_009-2025.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_decreto_060-2025-alex.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_decreto_061-2025_alex.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_decreto_062-2025_junior.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_decreto_063-2025-alex.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_decreto_064-2025-quintino.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_decreto_065-2025-rutenio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_decreto_066-2025-braz.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_decreto_067-2025-paulo.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_decreto_068-2025_paulo.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_decreto_069-2025_alex.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_decreto_070-2025_rutenio.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_decreto_071-2025_junior.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_099-2025_alex.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_100-2025_braz.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_101-2025_cadu.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_102-2025_quintino.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_103-2025_junior.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_104-2025_andre.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_105-2025_alex.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_106-2025_braz.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_125-2025_rutenio.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_043-2025_andre.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_044-2025_cadu.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_047-2025_cadu.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_parabens_023_-_rutenio.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/41/mocao_parabens_024_-_braz.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/42/mocao_parabens_025_-_braz.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/43/mocao__de_parabens_026-_mesa.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/30/mocao_parabens_027_-_braz.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/31/mocao_parabens_028_-_braz.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/32/mocao_parabens_029_-_braz.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/100/mocao_parabens_038-_braz.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/44/mocao_062-_rutenio.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_063-_braz.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/sapl/public/materialegislativa/2025/76/mocao_065-_mesa.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodosabugi.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H85"/>
+  <dimension ref="A1:H110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="141.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1218,2192 +1401,2842 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
         <v>38</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
         <v>43</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="G8" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D8" t="s">
+      <c r="H8" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
         <v>50</v>
-      </c>
-[...19 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>56</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" t="s">
         <v>57</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>61</v>
       </c>
       <c r="D12" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="E12" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="H12" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F13" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="H13" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F14" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F15" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H15" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="H16" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F17" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H18" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F20" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="H21" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="D23" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="E23" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
       <c r="H23" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="E24" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="F24" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="H24" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>95</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="D25" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="E25" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="F25" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>56</v>
+        <v>113</v>
       </c>
       <c r="D26" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="E26" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="F26" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="H26" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>43</v>
+        <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>48</v>
+        <v>116</v>
       </c>
       <c r="H27" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
       <c r="D28" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="E28" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="F28" t="s">
-        <v>105</v>
+        <v>64</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>114</v>
+        <v>72</v>
       </c>
       <c r="H28" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>8</v>
+        <v>124</v>
       </c>
       <c r="D29" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="E29" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="F29" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H29" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>53</v>
+        <v>127</v>
       </c>
       <c r="D30" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="E30" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="F30" t="s">
-        <v>111</v>
+        <v>43</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H30" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" t="s">
         <v>120</v>
       </c>
-      <c r="B31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E31" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="F31" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H31" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="D32" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="E32" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="F32" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H32" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
+        <v>36</v>
       </c>
       <c r="D33" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E33" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F33" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>48</v>
+        <v>135</v>
       </c>
       <c r="H33" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="D34" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E34" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F34" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>48</v>
+        <v>139</v>
       </c>
       <c r="H34" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="D35" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E35" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F35" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>48</v>
+        <v>143</v>
       </c>
       <c r="H35" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="D36" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E36" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F36" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>48</v>
+        <v>147</v>
       </c>
       <c r="H36" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>36</v>
+        <v>150</v>
       </c>
       <c r="D37" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E37" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F37" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="H37" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>31</v>
+        <v>153</v>
       </c>
       <c r="D38" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E38" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F38" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="H38" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="D39" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E39" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F39" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="H39" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>147</v>
+        <v>75</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="D40" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E40" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F40" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="H40" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="D41" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E41" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F41" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="H41" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="D42" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E42" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F42" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>156</v>
+        <v>72</v>
       </c>
       <c r="H42" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>61</v>
+        <v>168</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E43" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F43" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>159</v>
+        <v>72</v>
       </c>
       <c r="H43" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>54</v>
+        <v>171</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="D44" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E44" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F44" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>162</v>
+        <v>72</v>
       </c>
       <c r="H44" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>51</v>
+        <v>174</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="D45" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E45" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F45" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>165</v>
+        <v>72</v>
       </c>
       <c r="H45" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="D46" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E46" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F46" t="s">
-        <v>105</v>
+        <v>48</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H46" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>170</v>
+        <v>119</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="D47" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E47" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F47" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H47" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>173</v>
+        <v>150</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="D48" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E48" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F48" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H48" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>175</v>
+        <v>146</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>118</v>
+        <v>184</v>
       </c>
       <c r="D49" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E49" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F49" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H49" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="D50" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E50" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F50" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H50" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="D51" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E51" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F51" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H51" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>125</v>
+        <v>191</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
+        <v>192</v>
+      </c>
+      <c r="D52" t="s">
         <v>120</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F52" t="s">
         <v>24</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H52" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>155</v>
+        <v>194</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>122</v>
+        <v>188</v>
       </c>
       <c r="D53" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E53" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F53" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H53" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>151</v>
+        <v>196</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D54" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E54" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F54" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H54" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="D55" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E55" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F55" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H55" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>190</v>
+        <v>41</v>
       </c>
       <c r="D56" t="s">
-        <v>191</v>
+        <v>120</v>
       </c>
       <c r="E56" t="s">
-        <v>192</v>
+        <v>121</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
+        <v>202</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>193</v>
+        <v>72</v>
       </c>
       <c r="H56" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>96</v>
+        <v>204</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D57" t="s">
-        <v>191</v>
+        <v>120</v>
       </c>
       <c r="E57" t="s">
-        <v>192</v>
+        <v>121</v>
       </c>
       <c r="F57" t="s">
         <v>24</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>196</v>
+        <v>72</v>
       </c>
       <c r="H57" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D58" t="s">
-        <v>191</v>
+        <v>120</v>
       </c>
       <c r="E58" t="s">
-        <v>192</v>
+        <v>121</v>
       </c>
       <c r="F58" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="H58" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>101</v>
+        <v>208</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="D59" t="s">
-        <v>191</v>
+        <v>120</v>
       </c>
       <c r="E59" t="s">
-        <v>192</v>
+        <v>121</v>
       </c>
       <c r="F59" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="H59" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D60" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E60" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F60" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>208</v>
+        <v>72</v>
       </c>
       <c r="H60" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="D61" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E61" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F61" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="H61" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>87</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>221</v>
+      </c>
+      <c r="D62" t="s">
         <v>214</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="E62" t="s">
         <v>215</v>
       </c>
-      <c r="D62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="H62" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>206</v>
+        <v>80</v>
       </c>
       <c r="D63" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E63" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F63" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H63" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>210</v>
+        <v>67</v>
       </c>
       <c r="D64" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E64" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F64" t="s">
-        <v>24</v>
+        <v>202</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H64" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>222</v>
+        <v>142</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
+        <v>74</v>
+      </c>
+      <c r="D65" t="s">
         <v>214</v>
       </c>
-      <c r="D65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F65" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>48</v>
+        <v>228</v>
       </c>
       <c r="H65" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>224</v>
+        <v>169</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>225</v>
+        <v>8</v>
       </c>
       <c r="D66" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E66" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F66" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H66" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>227</v>
+        <v>172</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>140</v>
+        <v>77</v>
       </c>
       <c r="D67" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E67" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F67" t="s">
-        <v>24</v>
+        <v>202</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H67" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>229</v>
+        <v>180</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>143</v>
+        <v>212</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E68" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F68" t="s">
-        <v>24</v>
+        <v>202</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H68" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>231</v>
+        <v>182</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>147</v>
+        <v>118</v>
       </c>
       <c r="D69" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E69" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F69" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H69" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>130</v>
+        <v>209</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="D70" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="E70" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="F70" t="s">
         <v>24</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H70" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>235</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>154</v>
+        <v>236</v>
       </c>
       <c r="D71" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E71" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F71" t="s">
         <v>24</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="H71" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>158</v>
+        <v>213</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>100</v>
+        <v>241</v>
       </c>
       <c r="D72" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E72" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F72" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>48</v>
+        <v>242</v>
       </c>
       <c r="H72" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>161</v>
+        <v>244</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>189</v>
+        <v>245</v>
       </c>
       <c r="D73" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E73" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F73" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>48</v>
+        <v>246</v>
       </c>
       <c r="H73" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>168</v>
+        <v>218</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>96</v>
+        <v>248</v>
       </c>
       <c r="D74" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E74" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F74" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="H74" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>171</v>
+        <v>252</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>198</v>
+        <v>253</v>
       </c>
       <c r="D75" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E75" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F75" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>48</v>
+        <v>254</v>
       </c>
       <c r="H75" t="s">
-        <v>239</v>
+        <v>255</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>104</v>
+        <v>256</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>64</v>
+        <v>257</v>
       </c>
       <c r="D76" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E76" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="H76" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>225</v>
+        <v>260</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>68</v>
+        <v>261</v>
       </c>
       <c r="D77" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E77" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F77" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>242</v>
+        <v>262</v>
       </c>
       <c r="H77" t="s">
-        <v>243</v>
+        <v>263</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>244</v>
+        <v>264</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>72</v>
+        <v>252</v>
       </c>
       <c r="D78" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E78" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F78" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H78" t="s">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>246</v>
+        <v>266</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>76</v>
+        <v>256</v>
       </c>
       <c r="D79" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E79" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F79" t="s">
-        <v>247</v>
+        <v>29</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>248</v>
+        <v>72</v>
       </c>
       <c r="H79" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>250</v>
+        <v>268</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>80</v>
+        <v>260</v>
       </c>
       <c r="D80" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E80" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F80" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H80" t="s">
-        <v>251</v>
+        <v>269</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>252</v>
+        <v>270</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>83</v>
+        <v>271</v>
       </c>
       <c r="D81" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E81" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F81" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H81" t="s">
-        <v>253</v>
+        <v>272</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>133</v>
+        <v>273</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="D82" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E82" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F82" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H82" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>136</v>
+        <v>275</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>75</v>
+        <v>137</v>
       </c>
       <c r="D83" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E83" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F83" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H83" t="s">
-        <v>255</v>
+        <v>276</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>164</v>
+        <v>277</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="D84" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E84" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="F84" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H84" t="s">
-        <v>256</v>
+        <v>278</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>178</v>
+        <v>124</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="D85" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="E85" t="s">
+        <v>238</v>
+      </c>
+      <c r="F85" t="s">
+        <v>29</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H85" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>138</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>149</v>
+      </c>
+      <c r="D86" t="s">
+        <v>237</v>
+      </c>
+      <c r="E86" t="s">
+        <v>238</v>
+      </c>
+      <c r="F86" t="s">
+        <v>29</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H86" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>153</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>217</v>
+      </c>
+      <c r="D87" t="s">
+        <v>237</v>
+      </c>
+      <c r="E87" t="s">
+        <v>238</v>
+      </c>
+      <c r="F87" t="s">
+        <v>29</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H87" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>156</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>235</v>
+      </c>
+      <c r="D88" t="s">
+        <v>237</v>
+      </c>
+      <c r="E88" t="s">
+        <v>238</v>
+      </c>
+      <c r="F88" t="s">
+        <v>29</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H88" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>163</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>213</v>
+      </c>
+      <c r="D89" t="s">
+        <v>237</v>
+      </c>
+      <c r="E89" t="s">
+        <v>238</v>
+      </c>
+      <c r="F89" t="s">
+        <v>29</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H89" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>166</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>244</v>
+      </c>
+      <c r="D90" t="s">
+        <v>237</v>
+      </c>
+      <c r="E90" t="s">
+        <v>238</v>
+      </c>
+      <c r="F90" t="s">
+        <v>29</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H90" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>218</v>
+      </c>
+      <c r="D91" t="s">
+        <v>237</v>
+      </c>
+      <c r="E91" t="s">
+        <v>238</v>
+      </c>
+      <c r="F91" t="s">
+        <v>29</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H91" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>221</v>
+      </c>
+      <c r="D92" t="s">
+        <v>237</v>
+      </c>
+      <c r="E92" t="s">
+        <v>238</v>
+      </c>
+      <c r="F92" t="s">
+        <v>29</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H92" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>221</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>87</v>
+      </c>
+      <c r="D93" t="s">
+        <v>237</v>
+      </c>
+      <c r="E93" t="s">
+        <v>238</v>
+      </c>
+      <c r="F93" t="s">
+        <v>24</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H93" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>271</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>91</v>
+      </c>
+      <c r="D94" t="s">
+        <v>237</v>
+      </c>
+      <c r="E94" t="s">
+        <v>238</v>
+      </c>
+      <c r="F94" t="s">
+        <v>29</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H94" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>292</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>95</v>
+      </c>
+      <c r="D95" t="s">
+        <v>237</v>
+      </c>
+      <c r="E95" t="s">
+        <v>238</v>
+      </c>
+      <c r="F95" t="s">
+        <v>29</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H95" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>294</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>99</v>
+      </c>
+      <c r="D96" t="s">
+        <v>237</v>
+      </c>
+      <c r="E96" t="s">
+        <v>238</v>
+      </c>
+      <c r="F96" t="s">
+        <v>295</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H96" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>298</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>103</v>
+      </c>
+      <c r="D97" t="s">
+        <v>237</v>
+      </c>
+      <c r="E97" t="s">
+        <v>238</v>
+      </c>
+      <c r="F97" t="s">
+        <v>29</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H97" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>300</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>106</v>
+      </c>
+      <c r="D98" t="s">
+        <v>237</v>
+      </c>
+      <c r="E98" t="s">
+        <v>238</v>
+      </c>
+      <c r="F98" t="s">
+        <v>29</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H98" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>127</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>94</v>
+      </c>
+      <c r="D99" t="s">
+        <v>237</v>
+      </c>
+      <c r="E99" t="s">
+        <v>238</v>
+      </c>
+      <c r="F99" t="s">
+        <v>71</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H99" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>130</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>98</v>
+      </c>
+      <c r="D100" t="s">
+        <v>237</v>
+      </c>
+      <c r="E100" t="s">
+        <v>238</v>
+      </c>
+      <c r="F100" t="s">
+        <v>202</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H100" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>159</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>113</v>
+      </c>
+      <c r="D101" t="s">
+        <v>237</v>
+      </c>
+      <c r="E101" t="s">
+        <v>238</v>
+      </c>
+      <c r="F101" t="s">
+        <v>29</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H101" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>175</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>102</v>
+      </c>
+      <c r="D102" t="s">
+        <v>237</v>
+      </c>
+      <c r="E102" t="s">
+        <v>238</v>
+      </c>
+      <c r="F102" t="s">
+        <v>71</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H102" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>189</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>264</v>
+      </c>
+      <c r="D103" t="s">
+        <v>237</v>
+      </c>
+      <c r="E103" t="s">
+        <v>238</v>
+      </c>
+      <c r="F103" t="s">
+        <v>29</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H103" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
         <v>192</v>
       </c>
-      <c r="F85" t="s">
-[...2 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>266</v>
+      </c>
+      <c r="D104" t="s">
+        <v>237</v>
+      </c>
+      <c r="E104" t="s">
+        <v>238</v>
+      </c>
+      <c r="F104" t="s">
+        <v>71</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H104" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>199</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>268</v>
+      </c>
+      <c r="D105" t="s">
+        <v>237</v>
+      </c>
+      <c r="E105" t="s">
+        <v>238</v>
+      </c>
+      <c r="F105" t="s">
+        <v>88</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H105" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>309</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>292</v>
+      </c>
+      <c r="D106" t="s">
+        <v>237</v>
+      </c>
+      <c r="E106" t="s">
+        <v>238</v>
+      </c>
+      <c r="F106" t="s">
         <v>48</v>
       </c>
-      <c r="H85" t="s">
-        <v>257</v>
+      <c r="G106" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H106" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>311</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>294</v>
+      </c>
+      <c r="D107" t="s">
+        <v>237</v>
+      </c>
+      <c r="E107" t="s">
+        <v>238</v>
+      </c>
+      <c r="F107" t="s">
+        <v>29</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H107" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>313</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>162</v>
+      </c>
+      <c r="D108" t="s">
+        <v>237</v>
+      </c>
+      <c r="E108" t="s">
+        <v>238</v>
+      </c>
+      <c r="F108" t="s">
+        <v>29</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H108" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>315</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>165</v>
+      </c>
+      <c r="D109" t="s">
+        <v>237</v>
+      </c>
+      <c r="E109" t="s">
+        <v>238</v>
+      </c>
+      <c r="F109" t="s">
+        <v>38</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H109" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>317</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>224</v>
+      </c>
+      <c r="D110" t="s">
+        <v>237</v>
+      </c>
+      <c r="E110" t="s">
+        <v>238</v>
+      </c>
+      <c r="F110" t="s">
+        <v>71</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H110" t="s">
+        <v>318</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3448,50 +4281,75 @@
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>